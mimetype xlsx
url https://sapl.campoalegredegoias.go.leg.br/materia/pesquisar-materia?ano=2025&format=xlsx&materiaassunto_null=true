--- v0 (2025-12-06)
+++ v1 (2026-03-27)
@@ -10,1886 +10,2060 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1447" uniqueCount="613">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1591" uniqueCount="671">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Douglas Grupioni Sertório</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/38/projeto_de_lei_001_-_2025__-_piso_salarial.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/38/projeto_de_lei_001_-_2025__-_piso_salarial.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do piso salarial mínimo do município de Campo Alegre de Goiás e dá outras providências.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_lei_002_-_2025_-_revisao_geral_anual.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_lei_002_-_2025_-_revisao_geral_anual.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral e anual do vencimento base dos servidores públicos efetivos e comissionados do Poder Executivo do Município de Campo Alegre de Goiás, de que trata o artigo 37, inciso X, da Constituição Federal.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/40/projeto_de_lei_003_-_2025_-_refis_2025.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/40/projeto_de_lei_003_-_2025_-_refis_2025.doc</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal (REFIS 2025) do Município de Campo Alegre de Goiás e dá outras providências.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/41/projeto_de_lei_004_-_2025_-_piso_dos_professores_2025.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/41/projeto_de_lei_004_-_2025_-_piso_dos_professores_2025.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial dos professores com carga horária de 30 (trinta) horas semanais e dá outras providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/42/projeto_de_lei_005_-_2025_-_rpv.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/42/projeto_de_lei_005_-_2025_-_rpv.doc</t>
   </si>
   <si>
     <t>Define o pequeno valor perante a Fazenda Pública do Município de Campo Alegre de Goiás , relativo aos débitos ou obrigações oriundas de decisões do Poder Judiciário, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/43/projeto_de_lei_006_-_2025_-_estagio_-_iel.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/43/projeto_de_lei_006_-_2025_-_estagio_-_iel.doc</t>
   </si>
   <si>
     <t>Autoriza celebração de contrato para implantação de Programa de Estágio no Município de Campo Alegre de Goiás e dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/44/projeto_de_lei_007_-_2025_-_cria_novas_secretarias.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/44/projeto_de_lei_007_-_2025_-_cria_novas_secretarias.doc</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº1.373/23 e dispõe sobre a Nova Estrutura Administrativa, organizacional e institucional da Prefeitura de Campo Alegre de Goiás e dá outras providências.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/45/projeto_de_lei_008_-_2025_-_diarias.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/45/projeto_de_lei_008_-_2025_-_diarias.doc</t>
   </si>
   <si>
     <t>Regulamenta o sistema de concessão de diária de viagens no âmbito da Administração Direta e Indireta do Município de Campo Alegre de Goiás e dá outra providências.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_009_-_2025_-_convenio_santa_casa.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_009_-_2025_-_convenio_santa_casa.doc</t>
   </si>
   <si>
     <t>Autoriza o Município de Campo Alegre de Goiás, Estado de Goiás a celebrar Convênio com a Santa Casa de Misericórdia de Catalão e dá outras providências.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_010_-_2025_-_convenio_hospital_cancer_barretos.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_010_-_2025_-_convenio_hospital_cancer_barretos.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização do Poder Executivo Municipal a fazer Convênio e conceder subvenção social à fundação Pio XII, mantenedora do Hospital do Câncer de Barretos - SP e dá outras providências.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_011_-_2025_-_cria_vagas_cargos_efetivos.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_011_-_2025_-_cria_vagas_cargos_efetivos.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de quantitativo de vagas de cargos efetivos já existentes no quadro de pessoal da Estrutura Administrativa do Município de Campo Alegre de Goiás e dá outras providências.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_de_lei_011_-_2025_-_cria_vagas_cargos_efetivos.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_de_lei_011_-_2025_-_cria_vagas_cargos_efetivos.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral e anual das remunerações dos Servidores Públicos do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>CLEYTON - PRESIDENTE</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_no13.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_no13.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do auxílio alimentação dos agentes políticos e servidores públicos do Poder Legislativo Municipal  e dá outras providências.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>CLEYTON - PRESIDENTE, Baltazar Donizete da Silveira</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_lei_cleyton.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_lei_cleyton.pdf</t>
   </si>
   <si>
     <t>Autoriza a Câmara Municipal de Vereadores de Campo Alegre de Goiás a filiar-se e contribuir mensalmente em favor da União dos Vereadores do Estado de Goiás e dá outras providências.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_no16-_indenizacao-_pecuniaria-licenca-premio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_no16-_indenizacao-_pecuniaria-licenca-premio.pdf</t>
   </si>
   <si>
     <t>"Faz alteração na Lei Municipal nº1238/2019 que dispõe sobre a indenização pecuniária das licenças prêmios não gozadas por necessidades do serviço público quando da aposentadoria e dá outras providências".</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_no19_-25-03-2025_if_goiano.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_no19_-25-03-2025_if_goiano.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização do Poder Executivo Municipal a fazer Convênio com o Instituto Federal de Educação, Ciência e Tecnologia Goiano (IF Goiano) para conceder auxílio financeiro para transporte aos alunos carentes residentes no Município de Campo Alegre de Goiás que estão cursando cursos técnicos que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/88/projeto_de_lei_no26.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/88/projeto_de_lei_no26.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DOS PARÁGRAFOS 5º E 6°, DO ARTIGO 8º, DA LEI Nº1.429, DE 27 DE JANEIRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/89/2_-_projeto_de_lei_ldo_2026_1.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/89/2_-_projeto_de_lei_ldo_2026_1.doc</t>
   </si>
   <si>
     <t>INSTITUI A LEI DE DIRETRIZES ORÇAMENTÁRIAS QUE DISPÕE SOBRE AS DIRETRIZES GERAIS PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/125/projeto_de_lei_no27.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/125/projeto_de_lei_no27.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO DO MUNICÍPIO DE CAMPO ALEGRE DE GOIÁS A CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO CECCA - CENTRO DE EVENTOS CULTURAIS DE CAMPO ALEGRE DE GOIÁS, COM REPASSE DE RECURSOS FINANCEIROS E APOIO ESTRUTURAL PARA A REALIZAÇÃO DA EXPOCAMPO 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_no28-2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_no28-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICIPIO DE CAMPO ALEGRE DE GOIÁS A FAZER LOCAÇÃO DE ÁREAS E PRÉDIOS PÚBLICOS QUE ESPECIFICA PARA REALIZAÇÃO DE FESTAS E EVENTOS PARTICULARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_n29-2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_n29-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE QUANTITATIVO DE VAGAS DE CARGOS EFETIVOS JA EXISTENTES NO QUADRO DE PESSOAL DA ESTRUTURA ADMINISTRATIVA DO MUNICIPIO DE CAMPO ALEGRE DE GOIÁS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_no30-2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_no30-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICIPIO DE CAMPO ALEGRE DE GOIÁS A FAZER DESMEMBRAMENTO COM ÁREA DE ATÉ 150 m2, RESPEITADA A FRENTRE MÍNIMA DE 7,50 METROS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Baltazar Donizete da Silveira</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_no31-_baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_no31-_baltazar.pdf</t>
   </si>
   <si>
     <t>CRIA O ESTATUTO MUNICIPAL DA PESSOA COM TRANSTORNO DE ESPECTRO AUTISTA - TEA, INSTITUI A POLÍTICA MUNICIPAL DE ATENDIMENTO AOS DIREITOS DA PESSOA COM TEA E A CARTEIRINHA DE IDENTIFICAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/161/img20250804_09472184.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/161/img20250804_09472184.pdf</t>
   </si>
   <si>
     <t>DECLARA FOLIA DO DIVINO ESPÍRITO SANTO DE CAMPO ALEGRE DE GOIÁS COMO PATRIMÕNIO IMATERIAL DO MUNICIPIO DE CAMPO ALEGRE DE GOIÁS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/159/img20250804_09414727.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/159/img20250804_09414727.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS LEGAIS EM LEI QUE ESPECIFICA</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Jarbas José de Assunção</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/179/projeto_de_lei_no34-2025-jarbas.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/179/projeto_de_lei_no34-2025-jarbas.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.066/2013, DE 28 DE AGOSTO DE 2013, QUE DISPÕE SOBRE A CRIAÇÃO E INSTITUIÇÃO DO DIA DO EVANGÉLICO NO MUNICÍPIO DE CAMPO ALEGRE DE GOIÁS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/172/projeto_de_lei_no35-2025-quantitativo_de_vagas.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/172/projeto_de_lei_no35-2025-quantitativo_de_vagas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE QUANTITATIVO DE VAGAS DE CARGOS JÁ EXISTENTES NO QUADRO DE PESSOAL DA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO DE CAMPO ALEGRE DE GOIÁS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>AVELINO ALVES</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_lei_no36-2025-avelino.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_lei_no36-2025-avelino.pdf</t>
   </si>
   <si>
     <t>DENOMINA AEROPORTO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_no_000.autismo_1.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_no_000.autismo_1.doc</t>
   </si>
   <si>
     <t>CRIA O ESTATUTO MUNICIPAL DA PESSOA COM TRANSTORNO DE ESPECTRO AUTISTA - TEA, INSTITUI A POLITICA MUNICIPAL DE ATENDIMENTO AOS DIREITOS DA PESSOA COM TEA E A CARTEIRINHA DE IDENTIFICAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/184/projeto_de_lei_loa_2026_1.docx</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/184/projeto_de_lei_loa_2026_1.docx</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICIPIO DE CAMPO ALEGRE DE GOIÁS PARA O EXERCÍCIO DE 2026, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_-_plano_plurianual.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_-_plano_plurianual.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURAIANUAL PARA O PERÍODO 2026/2029, NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_no40-auxilio_saude-2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_no40-auxilio_saude-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO SAÚDE AOS SERVIDORES PÚBLICOS MUNICIPAIS EFETIVOS, COMISSIONADOS E AGENTES POLÍTICOS, NO ÂMBITO DA CÂMARA DE VEREADORES DE CAMPO ALEGRE DE GOIÁS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/210/projeto_de_lei_no41-jarbas.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/210/projeto_de_lei_no41-jarbas.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DE INSTALAR UMA PLACA CÓDIGO QR CODE EM OBRAS PÚBLICAS MUNICIPAIS INTERROMPIDA, E EM CONSTRUÇÃO INDICANDO CLARAMENTE AS RAZÕES DA PARALIZAÇÃO E MOTIVO DA OBRA.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA DISPONIBILIZAÇÃO DE QR CODE EM LOCAIS DE ATENDIMENTO AO PÚBLICO PARA O RECEBIMENTO DE SUGESTÕES E RECLAMAÇÕES, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_lei_no030-cotec.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_lei_no030-cotec.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL A FAZER CONVÊNIO COM O COTEC-COLÉGIO TECNOLÓGICO DO ESTADO DE GOIÁS - AGUINALDO DE CAMPOS NETTOE DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/238/projeto_de_lei_no44-contratacao_pessoal_tempo_determinado.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/238/projeto_de_lei_no44-contratacao_pessoal_tempo_determinado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL POR TEMPO DETERMINADO, PARA ATENDER Á NECESSIDADE TEMPORÁRIA DE EXEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO ART. 37, INCISO IX DA CONSTITUIÇÃO FEDERAL, E DO ART. 92, X DA CONSTITUIÇÃO DO ESTADO DE GOIÁS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_no45-jarbas.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_no45-jarbas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA EMPRESA CONCESSIONÁRIA OU PERMISSIONÁRIA DE SERVIÇO PÚBLICO DE DISTRIBUIÇÃO DE ENERGIA ELÉTRICA  ATENDER ÀS NORMAS TÉCNICAS APLICÁVEIS À OCUPAÇÃO DE ESPAÇO PÚBLICO E PROMOVER A RETIRADA DOS FIOS INUTILIZADOS NOS POSTES, NOTIFICAR AS DEMAIS EMPRESAS QUE UTILIZAM OS POSTES COMO SUPORTE DE SEUS CABEAMENTOS, EM VIAS PÚBLICAS, NO ÂMBITO DO MUNICÍPIO DE CAMPO ALEGRE DE GOIÁS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_no46-quantitativos_de_vagas.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_no46-quantitativos_de_vagas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE QUANTITATIVO DE VAGAS DE CARGOS EFETIVOS JÁ EXISTENTES NO QUADRO DE PESSOAL DA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO DE CAMPO ALEGRE DE GPOIÁS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_no48-politica_publica_de_assistencia_social.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_no48-politica_publica_de_assistencia_social.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA DE ASSISTÊNCIA SOCIAL E INSTITUI O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL NO MUNICÍPIO DE CAMPO ALEGRE DE GOIÁS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/248/projeto_de_lei_no48-_doacao_de_cestas_de_natal.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A  AUTORIZAÇÃO DO PODER PÚBLICO MUNICIPAL A FAZER AQUISIÇÃO E DOAÇÃO DE CESTAS DE NATAL NO MÊS DE DEZEMBRO AOS SERVIDORES PÚBLICOS ATIVOS DO MUNICÍPIO DE CAMPO AEGRE DE GOIÁS.</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_no49-_2025.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI MUNICIPAL Nº 1344, DE 20 DE DEZEMBRO DE 2022, QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL DE CAMPO ALEGRE DE GOIÁS, ESTABELECE O PLANO DE CARGOS, CARREIRA, VENCIMENTOS E ATRIBUIÇÕES DE SEUS SERVIDORES PARA CRIAÇÃO DE QUANTITATIVO DE VAGAS NO CARGO DE MOTORISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/247/requerimento_aplauso_no05-cleyton.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE APLAUSO PARA HOMENAGEAR O COMANDANTE DONIZETE BARBOSA DA SILVA, EM RECONHECIMENTO À SUA DEDICAÇÃO, COMPROMISSO E LIDERANÇA À FRENTE DA GUARDA MIRIM.</t>
+  </si>
+  <si>
     <t>51</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>RONDNEY RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_rondney_.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_rondney_.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL MELHORIAS PARA O PARQUINHO ROSENI APARECIDA DA SILVA,NESTA CIDADE.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_n_19_baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_n_19_baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>SEBASTIÃO HONORATO</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_no48_sebastiao_honorato.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_no48_sebastiao_honorato.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A SINALIZAÇÃO DA RUA PIO PEREIRA PARA REGULAMENTAR O ESTACIONAMENTO SOMENTE DE UM LADO E SENTIDO UNICO DA VIA PÚBLICA.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal construção de um mata-burro.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_n17.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_n17.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL AQUISIÇÃO DE EQUIPAMENTOS DE SEGURANÇA E UNIFORMES COM FAIXAS REFLEXIVAS PARA OS GARIS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_no_20_baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_no_20_baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A REFORMA DA PRAÇA E DOS APARELHOS DE ACADEMIA AO AR LIVRE DO BAIRRO SANTA CATARINA.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Claudiney Correa e Silva</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_001.2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_001.2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a construção de ponte e mata-burro de cimento na Fazenda três Irmãos, neste município.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao_002.2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao_002.2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a construção de rotatória em via pública no Bairro Santa Catarina, nesta cidade.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>AVELINO ALVES, Claudio Barbosa de Brito, Jarbas José de Assunção</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_003.2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_003.2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a execução de obras e serviços sociais neste município.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_004.2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_004.2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a construção de ponte na Fazenda Santana, neste município.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_005.2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_005.2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a instalação de câmeras de monitoramento no interior das salas de aulas das creches municipais desta cidade.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao_06.2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao_06.2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a construção de retorno na Av, Jovenaldo José da Silva, nesta cidade.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao_07.2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao_07.2025.pdf</t>
   </si>
   <si>
     <t>Indica ao chefe do Poder Executivo Municipal a execução de obras e serviços urbanos nesta cidade.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_09.2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_09.2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A REALOCAÇÃO DE MATA-BURRO DE CIMENTO NA REGIÃO DA FAZENDA CALAÇA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_11.2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_11.2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a aquisição e a instalação de bebedouros de água nas quadras de esportes desta cidade.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_12.2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_12.2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a construção de mata-burros de cimento na zona rural , neste município.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao_13.2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao_13.2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A REFORMA DE PONTE.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_15.2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_15.2025.pdf</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_14.2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_14.2025.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE MATA-BURRO.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_22_baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_22_baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL RECAPEAMENTO ASFÁLTICO E SERVIÇOS DE MANUTENÇÃO</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Claudio Barbosa de Brito</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_23.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_23.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE MATA BURROS NA ZONA RURAL.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_no25_baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_no25_baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL AMPLIAÇÃO DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_no26_baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_no26_baltazar.pdf</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_27.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_27.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL AQUISIÇÃO DE NOVOS UTENSILIOS E MANUTENÇÃO NA CASA DE VELÓRIO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_28.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_28.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL DE CAMPO ALEGRE DE GOIÁS AMPLIAÇÃO DA ESTRADA.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_29.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_29.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A SINALIZAÇÃO DE TRÂNSITO DA AVENIDA PRESIDENTE MEDICI EM SENTIDO ÚNICO DE DIREÇÃO, NA VILA AURORA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_30.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_30.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL LIMPEZA DO LOCAL DO ANTIGO LIXÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_31.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_31.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/100/indicacao_32.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/100/indicacao_32.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A RECUPERAÇÃO DA RUA RAUL TOLENTINO E INSTALÇAO DE UMA GALERIA DE ESCOAMENTO DE ÁGUA NA ESQUINA DA RUA WILSON DE OLIVEIRA, AMBAS LOCALIZADAS NA VILA AURORA.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_no_33-2025-construcao_box_de_venda_feira_do_produtor_1.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_no_33-2025-construcao_box_de_venda_feira_do_produtor_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a construção de box de vendas na Feira do Produtor Rural, nesta cidade.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_no34-claudio_barbosa.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_no34-claudio_barbosa.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE MATA BURROS.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_no35-baltazar-pedalinhos_de_graca.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_no35-baltazar-pedalinhos_de_graca.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL, A GRATUIDADE DOS PEDALINHOS DO LAGO DAS PALMEIRAS</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_38.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_38.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL FAZER PARCERIA COM A CASA DE APOIO EM GOIÂNIA</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_39.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_39.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL  A COMPRA DE FORMA DE MATA BURRO PARA ESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_40.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_40.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL TRANSPORTE ESCOLAR PÚBLICO PARA BUSCAR E LEVAR CRIANÇAS QUE MORAM LONGE DAS ESCOLAS DESTA CIDADE</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_41.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_41.doc</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a substituição dos reservatórios de água da Escola Municipal Liberdade e Luiz Fava, nesta cidade.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Cleber Marcos Baldoino</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_43.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_43.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇAO DE MATA BURRO NA FAZENDA SANTO ANTÔNIO NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/105/indicacoes_cta.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/105/indicacoes_cta.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL EFETUAR SERVIÇO DE CONCRETO NA ÁREA EXTERNA DO CTA E CONFECÇÃO DE UMA FOSSA SÉPTICA NO LOCAL</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_de_construcao_de_mata_burro_valdeci.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_de_construcao_de_mata_burro_valdeci.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A COSNTRUÇÃO DE MATA BURRO.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_46.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_46.doc</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a construção de mata burro na fazenda cachoeirinha que faz divida com a fazenda Mato de Trás.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_47.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_47.doc</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a construção de mata burro no condomínio Fernandes que faz divisa com Gilmar dos Santos Silva.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_48.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_48.doc</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a construção de mata burro No Sitio Recanto das Emas que faz divisa com a fazenda Cachoeirinha.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/118/clube_municipal.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/118/clube_municipal.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A AMPLIAÇÃO DE ÁREA DE LAZER EXISTENTE NO CLUBE MUNICIPAL RECREATIVO</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_no50_-_baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_no50_-_baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE MATA BURRO E ALARGAMENTO DE ESTRADA.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_51.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_51.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A REDUÇÃO DE ÁREA MÍNIMA DE DESMENBRAMENTO, TANTO DE FRENTE QUANTO NA METRAGEM QUADRADA, PARA MELHOR ATENDER AS NECESSIDADES DO MUNICIPIO.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/116/indicacao_no_52-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/116/indicacao_no_52-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE MATA BURRO</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/119/05.ind._53.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/119/05.ind._53.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UM COMPLEXO POLIESPORTIVO NO ENTORNO DO CAMPO SINTÉTICO DO BAIRRO SANTA CATARINA, NESTA CIDADE</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_no54-_cleber.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_no54-_cleber.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONTRUÇÃO DE MATA BURRO NA FAZENDA CALAÇA NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_no55-cleber.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_no55-cleber.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL O ENCASCALHAMENTO DE ESTRADA RURAL NESSE MUNICIPIO.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_no56-sebastiao.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_no56-sebastiao.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE MATA BURRO NA FAZENDA PIRAPITINGA.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_no57-cleber.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_no57-cleber.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL MELHORIA DA ILUMINAÇÃO DA QUADRA DE ESPORTE NO BAIRRO CÉU AZUL NESSE MUNICIPIO.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_no58-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_no58-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL LIMPEZA DO LOCAL ONDE VAI SER CONSTRUIDO O CENTRO DE AUTISMO.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_no59-cleber.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_no59-cleber.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE REDUTOR DE VELOCIDADE NESTA CIDADE.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_no60-cleber.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_no60-cleber.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE MATA BURRO NA FAZENDA CONCEIÇÃO DO VERISSIMO.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_no61-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_no61-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE MATA BURRO.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_no62-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_no62-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A RECUPERAÇÃO DA RUA AUGUSTA COM A RUA 2 DE MAIO.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_no63-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_no63-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM BEBEDOURO INDUSTRIAL COM SUPORTE PARA BEBEDOURO DE PET´S NAS MEDIAÇÕES DO LAGO DAS PALMEIRAS.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_no64-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_no64-baltazar.pdf</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/136/ind_1_1.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/136/ind_1_1.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL CONTRUÇÃO DE REDUTORES DE VELOCIDADES.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_05.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_05.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONTRUÇÃO DE REDUTORES DE VELOCIDADES.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_aninha.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_aninha.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL ALTERAÇÃO DE RESPONSAVEL PELO CENTRO DE EVENTOS E A REDUÇÃO DA TAXA DE ALUGUEL.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_no68-avelino.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_no68-avelino.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A DISPONIBILIZAÇÃO DE LOCAL TEMPORÁRIO PARA RECOLHIMENTO DE RECIPIENTES DE AGROTÓXICOS UTILIZADOS NAS LAVOURAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_no69-sebastiao.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_no69-sebastiao.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO DE ESTEIRA ERGOMÉTRICA PARA REALIZAÇÃO DE TESTE DE ESFORÇO CARDÍACO, APARELHO PARA MONITORIZAÇÃO AMBULATORIAL DA PRESSÃO ARTERIAL E APARELHO PARA HOLTER CARDÁCO DE 3 CANAIS PARA O POSTO DE SAÚDE DO CENTRO, DESTA CIDADE.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM BEBEDOURO INDUSTRIAL COM SUPORTE PARA BEBEDOURO INDUSTRIAL COM SUPORTE PARA BEBEDOURO DE PET´S, UMA COBERTURA NAS MEDIAÇÕES DO PARQUE INFANTIL E UM LOCAL PARA LEITURA INFANTIL NAS MEDIAÇÕES DA PRAÇA NILSON JOSE DA SILVA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_no71-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_no71-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE MATA BURRO NA FAZENDA CALAÇA DE PROPRIEDADE DO SR ADEVAIR QUIRINO DE LIMA NA REGIÃO CALAÇA.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_no72-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_no72-claudio.pdf</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_no73-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_no73-claudio.pdf</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_no74-rondney.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_no74-rondney.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UM ESPAÇO PARA ATIVIDADES EQUESTRES.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_no75-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_no75-claudio.pdf</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_no76-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_no76-claudio.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL REFORMA GERAL NA QUADRA DE ESPORTES NA RUA VIRGÍNIA, BAIRRO SANTA CATARINA NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/164/img20250804_09571583.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/164/img20250804_09571583.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL AQUISIÇÃO DE CARRETA AGRÍCOLA METÁLICA HIDRÁULICA  2 EIXOS PARA TRANSPORTE DE SILO E ESNILADEIRA DE ARRASTO 3LINHA OU ARÉA TOTAL, CONTROLE DE ALTURA INDEPENDENTE POR PISTÃO PARA ESTE MUNÍCIPIO.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_no78-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_no78-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO DE APARELHOS DE AR CONDICIONADO, PARA AS INSTALAÇÕES DOS POSTINHOS DE SAÚDE DA CIDADE.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_no79-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_no79-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A INSTALAÇÃO DE UM PORTÃO LATERAL NO ASILO DOS IDOSOS.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_no80-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_no80-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_no81-baltazar1.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_no81-baltazar1.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO DE TOLDO PARA O POSTINHO DA VILA AURORA.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_no82-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_no82-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO DE UMA MÁQUINA DE LAVAR ROUPAS PARA O ASILO DOS IDOSOS MUNICIPAL.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_no83-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_no83-baltazar.pdf</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_n84-claudiney.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_n84-claudiney.pdf</t>
   </si>
   <si>
     <t>INDICSA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_no85-claudiney.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_no85-claudiney.pdf</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_no86-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_no86-claudio.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO DE UM GUINCHO.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/170/87.ind.avelino.revitalizacao.aeroporto.municipal.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/170/87.ind.avelino.revitalizacao.aeroporto.municipal.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A REVITALIZAÇÃO DO AEROPORTO MUNICICIPAL DESTA CIDADE.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao16.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao16.doc</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a construção de redutores de velocidades.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_17.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_17.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL CONSTRUÇÃO DE CALÇADA.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/176/lar_dos_idosos.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/176/lar_dos_idosos.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL CONSTRUÇÃO DE UMA ÁREA COM COBERTURA PARA O LAR DOS IDOSOS DESTA CIDADE.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_no93-jarbas.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_no93-jarbas.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA PONTE NA FAZENDA DA SRA. APARECIDA DE FÁTIMA DA SILVA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_94.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_94.doc</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo Municipal a implantação de placa de sinalização de proibido estacionar, em frente ao portão da escola municipal liberdade e colocar faixas de pedestre no local.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/182/img20250901_09402406.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/182/img20250901_09402406.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE BANHEIROS NOS CAMPOS DE FUTEBOL DESTA CIDADE.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_no96-rondney.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_no96-rondney.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL RECONSTRUÇÃO DE PONTE.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_no97-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_no97-claudio.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO DE CAMAS HOSPITALARES MOTORIZADAS.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no98-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no98-claudio.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPALA REFORMA GERAL NA QUADRA DE ESPORTES JOSÉ MARIA GUIMARÃES, BAIRRO CÉU AZUL NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_no99-rondney.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_no99-rondney.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO DE UM AQUECEDOR ELÉTRICO PARA PISCINA.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_no100-sebastiao.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_no100-sebastiao.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A ABERTURA DOS BUEIROS DA RUA MINAS GERAIS E DA RUA DOS PRODUTORES.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Baltazar Donizete da Silveira, Claudiney Correa e Silva</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_no101-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_no101-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL O AUMENTO NO VALOR DAS PORTARIAS DOS MOTORISTAS DA PREFEITURA.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_no102-jarbas.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_no102-jarbas.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA REGIA PRÓXIMO A ESCOLA LUIZ FAVA NO BAIRRO SANTA CATARINA II</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_no103-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_no103-claudio.pdf</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_no104-jarbas.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_no104-jarbas.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A PREDERVAÇÃO DA CABECEIRA DA NASCENTE DO CÓRREGO CELEIRO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_no105-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_no105-claudio.pdf</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_no106-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_no106-claudio.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A INSTALAÇÃO DE GRADE DE PROTEÇÃO DO LADO DIREITO NA ESCOLA MUNICIPAL LUIZ FAVA.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_no107-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_no107-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO E INSTALAÇÃO DE CHURRASQUEIRAS NO PERÍMETRO DO LAGO DAS PALMEIRAS.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no108-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no108-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A DISPONIBILIDADE DE UM NUTRICIONISTA PARA O ASILO DOS IDOSOS, NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no109-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no109-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO A REFORMA DA PONTE QUE DÁ ACESSO ENTRE A FAZENDA DO SR 'JUQUINHA " E A FAZENDA DO MAGNO, NA REGIÃO DOS CALAÇA.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_no110-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_no110-claudio.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A ABERTURA DA RUA PIO RODRIGUES PEIXOTO PARA INTERLIGAR COM A RUA SÃO PATRICIO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_no111-jarbas.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_no111-jarbas.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE PONTE NA FAZENDA BOA VISTA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_no112-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_no112-claudio.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A AMPLIAÇÃO DA ILUMINAÇÃO PÚBLICA DA AVENIDA JOVENALDO JOSÉ DA SILVA.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_no113-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_no113-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A REFORMA DA PONTE DO PEDRO RIBEIRO, NA REGIÃO DOS PEIXOTOS.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_no114-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_no114-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONTRATAÇÃO DE UM MÉDICO ESPECIALISTA EM ULTRASSONOGRAFIA.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_no115-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_no115-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A REFORMA DA PONTE DO SR JOSÉ RODOLFO NO RIO PIRAPITINGA, PRÓXIMO A SESMARIA.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_no116-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_no116-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NO PERÍMETRO DO ASILO MUNICIPAL.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_no117-baltazar.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_no117-baltazar.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A AMPLIAÇÃO DO SISTEMA DE CÂMERAS E MONITORAMENTO DA GARAGEM MUNICIPAL DESSA CIDADE.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_no118-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_no118-claudio.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL ABERTURA DE UM PORTÃO NA LATERAL NA CASA DE VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_no119-jarbas.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_no119-jarbas.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL CONSTRUÇÃO DE UMA SALA ADEQUADA PARA INSTALAÇÃO DE APARELHO DE RESSONÂNCIA MAGNÉTICA OU APARELHO TOMOGRÁFICO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_no120-sebastiao.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_no120-sebastiao.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA BERNARDO SAYÃO, SETOR CENTRAL NESTA CIDADE.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_26.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_26.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL AMPLIAÇÃO E RECAPEAMENTO DA RUA URUTAÍ, SETOR CENTRAL, NESTA CIDADE.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/226/sesmaria.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/226/sesmaria.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A SUBSTITUIÇÃO DA CAIXA DA ÁGUA DO POVOADO DE SESMARIA NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_de_placa_de_sinalizacao_no_hospital.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_de_placa_de_sinalizacao_no_hospital.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SEJA COLOCADO NO ESTACIONAMENTO DO HOSPITAL MUNICIPAL, UMA PLACA DE SINALIZAÇÃO PARA QUE SEJA DE USO EXCLUSIVO DE PACIENTES.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_de_implantacao_de_vale_alimentacao.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_de_implantacao_de_vale_alimentacao.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SEJA IMPLANTADO UM VALE ALIMENTAÇÃO NO VALOR DE R$ 500,00 (QUINHENTOS REAIS), PARA OS SERVIDORES PÚBLICOS DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/229/decoracao_natalina.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/229/decoracao_natalina.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A SUBSTITUIÇÃO DOS FIOS PARALELOS BRANCOS POR CABOS DO TIPO (KPP) E A INSTALACÃO DE DISPOSITIVOS DIFERENCIAIS RESIDUAIS (DR) NAS INSTALAÇÕES NATALINAS DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/230/estacionamento_2.doc</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/230/estacionamento_2.doc</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UM ESTACIONAMENTO NA RUA NATAL DESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no_127-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no_127-claudio.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UM MATA BURRO NA FAZENDA SÃO PEDRO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_no128-jarbas.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_no128-jarbas.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL AQUISIÇÃO DE UM VEICULO COM CESTO AÉREO PARA MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA E PODA DE ÁRVORES DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_no129-sebastiao.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_no129-sebastiao.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A INSTALAÇÃO DE ALAMBRADOS EM TORNO DO LAGO DAS PALMEIRAS, NESTA CIDADE.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_no130-avelino.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_no130-avelino.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO  MUNICIPAL CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA MARIA ISABEL.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_no_131-claudio.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_no_131-claudio.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A REFORMA DA PONTE.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_no132-avelino.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_no132-avelino.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A IMPLANTAÇÃO DE FAIXA DE PEDESTRES NA PONTE SITUADA NA VIA DE ACESSO AO BAIRRO VILA AURORA.</t>
   </si>
   <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_no133-claudio.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A REFORMA E PINTURA DA CAIXA D´ÁGUA DA ESCOLA MUNICIPAL DONA NILDA.</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_no134-jarbas.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE PONTE NO DISTRITO DE SESMARIA NESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_no135-baltazar.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO DE APARELHO DE AR CONDICIONADO, PARA SER INSTALADO NA SECRETARIA DE EDUCAÇÃO DESSA CIDADE.</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_no136-baltazar.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SEJA ANALISADO E EXECUTADO A MUDANÇA NO SENTIDO DO TRÂNSITO NA RUA PIO PEREIRA (EM FRENTE AO COLÉGIO ESTADUAL  MAJOR EMÍDIO), E QUE SEJAM INSTALADAS PLACAS DE SINALIZAÇÃO, PARA QUE EM FRENTE AO COLÉGIO SEJA PERMITIDO SOMENTE ESTACIONAR TRANSPORTES ESCOLARES.</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_no137-claudio.pdf</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_no138.pdf</t>
+  </si>
+  <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/37/scan2025-01-15_161807.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/37/scan2025-01-15_161807.pdf</t>
   </si>
   <si>
     <t>Regulamenta o uso dos veículos oficiais pertencentes à frota da Câmara Municipal de Campo alegre de Goiás e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/124/projeto_de_resolucao_no003-2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/124/projeto_de_resolucao_no003-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DEVOLUÇÃO DE DUODÉCIMO DO PODER LEGISLATIVO PARA A FAZENDA PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/157/img20250804_14405786.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/157/img20250804_14405786.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DEVOLUÇÃO DE DUODÉCIMO DO PODER LEGISLATIVO PARA FAZENDA PÚBLICA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_resolucao_no005-2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_resolucao_no005-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DO DISPOSTO NO ARTIGO 20 DA LEI Nº 14.133, DE 01 DE ABRIL DE 2021, PARA ESTABELECER O ENQUADRAMENTO DOS BENS DE CONSUMO ADQUIRIDOS PARA SUPRIR AS DEMANDAS DA CÂMARA MUNICIPAL NAS CATEGORIAS DE QUALIDADE COMUM E DE LUXO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_resolucao_no006-gratificacao_agente_de_contratacao.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_resolucao_no006-gratificacao_agente_de_contratacao.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A ATUAÇÃO DO AGENTE DE CONTRATAÇÃO E PREGOEIRO, EQUIPE DE APOIO, GESTORES E FISCAIS DE CONTRATOS, NOS TERMOS DA LEI Nº14.133, DE 1º DE ABRIL DE 2021, NO ÂMBITO DA CÂMARA DE VEREADORES DE CAMPO ALEGRE DE GOIÁS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/208/projeto_de_resolucao_no007-normatizacao_dos_procedimentos_de_gestao.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/208/projeto_de_resolucao_no007-normatizacao_dos_procedimentos_de_gestao.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NORMATIZAÇÃO DOS PROCEDIMENTOS DE GESTÃO, REGISTRO E BAIXA DE BENS PATRIMONIAIS NO ÂMBITO DA CÂMARA MUNICIPAL DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_resolucao_008.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA DOAÇÃO DE BEM MÓVEL PARA O MUNICÍPIO DE CAMPO ALEGRE DE GOIÁS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_n19_fixacao_piso_salarial_minimo_auxiliar_de_enfermafem.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_n19_fixacao_piso_salarial_minimo_auxiliar_de_enfermafem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação do piso salarial mínimo ao Auxiliar de Enfermagem do Município de Campo Alegre de Goiás e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/79/projeto_de_lei_no_21_sebrae.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/79/projeto_de_lei_no_21_sebrae.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DO PODER EXECUTIVO MUNICIPAL A FAZER CONVÊNIO COM O SEBRAE/GO - SERVIÇO DE APOIO ÀS MICRO E PEQUENAS EMPRESAS DO ESTADO DE GOIÁS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_no22_quantitativo_de_vagas.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_no22_quantitativo_de_vagas.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE QUANTITATIVO DE VAGAS DE CARGOS EFETIVOS JÁ EXISTENTES NO QUADRO DE PESSOAL DA ESTRUTURA ADMINISTRATIVA DO MUNICÍPIO DE CAMPO ALEGRE DE GOIÁS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/207/projeto_de_lei_no42-qr_code_jarbas.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/207/projeto_de_lei_no42-qr_code_jarbas.pdf</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/213/projeto_de_decreto_no001-titulo_de_cidadao_-2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/213/projeto_de_decreto_no001-titulo_de_cidadao_-2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTILO DE CIDADÃO CAMPOALEGRENSE.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/224/projeto_de_decreto_legislativo.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/224/projeto_de_decreto_legislativo.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO CAMPOALEGRENSE.</t>
   </si>
   <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>EMD</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/249/emenda_impositiva_no001-2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA PARLAMENTAR IMPOSITIVA ORÇAMENTÁRIA Nº OO1/2025 AO PROJETO DE LEI Nº 039/2025, DE 27 DE AGOSTO DE 2025, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAMPO ALEGRE DE GOIÁS PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/250/emenda_impositiva_no_002-2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA PARLAMENTAR IMPOSITIVA ORÇAMENTÁRIA Nº OO2/2025 AO PROJETO DE LEI Nº 039/2025, DE 27 DE AGOSTO DE 2025, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAMPO ALEGRE DE GOIÁS PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/251/emenda_impositiva_no003-2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA PARLAMENTAR IMPOSITIVA ORÇAMENTÁRIA Nº OO3/2025 AO PROJETO DE LEI Nº 039/2025, DE 27 DE AGOSTO DE 2025, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAMPO ALEGRE DE GOIÁS PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/252/emenda_impositiva_no004-2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA PARLAMENTAR IMPOSITIVA ORÇAMENTÁRIA Nº OO4/2025 AO PROJETO DE LEI Nº 039/2025, DE 27 DE AGOSTO DE 2025, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAMPO ALEGRE DE GOIÁS PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/253/emenda_impositiva_no005-2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA PARLAMENTAR IMPOSITIVA ORÇAMENTÁRIA Nº OO5/2025 AO PROJETO DE LEI Nº 039/2025, DE 27 DE AGOSTO DE 2025, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAMPO ALEGRE DE GOIÁS PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/254/emenda_impositiva_no006-2025.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA PARLAMENTAR IMPOSITIVA ORÇAMENTÁRIA Nº OO6/2025 AO PROJETO DE LEI Nº 039/2025, DE 27 DE AGOSTO DE 2025, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAMPO ALEGRE DE GOIÁS PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/258/emenda_orcamentaria_no01-2025.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Orçamentária nº 001/2025 ao projeto de Lei nº039/2025, de 27 de agosto de 2025, que estima a receita e fixa a despesa do Município de Campo Alegre de Goiás para o exercício financeiro de 2026 e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/259/emenda_orcamentaria_no02-2025.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Orçamentária nº 002/2025 ao projeto de Lei nº039/2025, de 27 de agosto de 2025, que estima a receita e fixa a despesa do Município de Campo Alegre de Goiás para o exercício financeiro de 2026 e dá outras providências.”</t>
+  </si>
+  <si>
     <t>174</t>
   </si>
   <si>
     <t>REQAP</t>
   </si>
   <si>
     <t>Requerimento de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_ney.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_ney.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADO VOTOS DE APLAUSOS E CONGRATULAÇÕES AO ESCRITOR, EDIMAR DUTRA DE MIRANDA, PELO SEU COMPROMISSO COM A VALORIZAÇÃO DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/212/003.ney.aplausos_futebol.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/212/003.ney.aplausos_futebol.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADO VOTOS DE APLAUSOS E CONGRATULAÇÕES AO TIME CAMPO ALEGRE FUTEBOL CLUBE.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/237/requerimento_de_aplauso_no_004-_rondney.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/237/requerimento_de_aplauso_no_004-_rondney.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTE SUBSCREVE, REQUER A V. EXCIA., APÓS OUVIDO O PLENÁRIO, HOMENAGEAR  O SENHOR RICARDO ÁLVARES, MANIFESTANDO-LHE VOTOS DE APLAUSOS E CONGRATULAÇÕES</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Ordinária</t>
   </si>
   <si>
     <t>SEBASTIÃO HONORATO, Baltazar Donizete da Silveira, RONDNEY RIBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/59/proposta_de_emenda_01.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/59/proposta_de_emenda_01.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Nº 001/2025 ao Projeto de Lei Nº 016, de 27 de fevereiro de 2025, que altera a Lei Municipal Nº 1.238, DE 17 de maio de 2019, que dispõe sobre a indenização pecuniária das Licenças Prêmios não gozadas por necessidade do serviço público quando da aposentadoria e dá outras providências.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>PELOR</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orçamentaria.</t>
   </si>
   <si>
-    <t>https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/156/emenda_substitutiva-001-2025.pdf</t>
+    <t>http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/156/emenda_substitutiva-001-2025.pdf</t>
   </si>
   <si>
     <t>EMENDA SUBSTITUTIVA Nº 001/2025 AO PROJETO DE LEI Nº 025/2025, DE 10 DE ABRIL DE 2025, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2196,68 +2370,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/38/projeto_de_lei_001_-_2025__-_piso_salarial.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_lei_002_-_2025_-_revisao_geral_anual.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/40/projeto_de_lei_003_-_2025_-_refis_2025.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/41/projeto_de_lei_004_-_2025_-_piso_dos_professores_2025.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/42/projeto_de_lei_005_-_2025_-_rpv.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/43/projeto_de_lei_006_-_2025_-_estagio_-_iel.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/44/projeto_de_lei_007_-_2025_-_cria_novas_secretarias.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/45/projeto_de_lei_008_-_2025_-_diarias.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_009_-_2025_-_convenio_santa_casa.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_010_-_2025_-_convenio_hospital_cancer_barretos.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_011_-_2025_-_cria_vagas_cargos_efetivos.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_de_lei_011_-_2025_-_cria_vagas_cargos_efetivos.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_no13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_lei_cleyton.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_no16-_indenizacao-_pecuniaria-licenca-premio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_no19_-25-03-2025_if_goiano.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/88/projeto_de_lei_no26.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/89/2_-_projeto_de_lei_ldo_2026_1.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/125/projeto_de_lei_no27.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_no28-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_n29-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_no30-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_no31-_baltazar.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/161/img20250804_09472184.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/159/img20250804_09414727.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/179/projeto_de_lei_no34-2025-jarbas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/172/projeto_de_lei_no35-2025-quantitativo_de_vagas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_lei_no36-2025-avelino.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_no_000.autismo_1.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/184/projeto_de_lei_loa_2026_1.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_-_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_no40-auxilio_saude-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/210/projeto_de_lei_no41-jarbas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_lei_no030-cotec.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/238/projeto_de_lei_no44-contratacao_pessoal_tempo_determinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_no45-jarbas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_no46-quantitativos_de_vagas.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_no48-politica_publica_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_rondney_.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_n_19_baltazar.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_no48_sebastiao_honorato.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_n17.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_no_20_baltazar.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_001.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao_002.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_003.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_004.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_005.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao_07.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_09.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_11.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_12.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao_13.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_15.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_14.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_22_baltazar.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_no25_baltazar.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_no26_baltazar.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/100/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_no_33-2025-construcao_box_de_venda_feira_do_produtor_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_no34-claudio_barbosa.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_no35-baltazar-pedalinhos_de_graca.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_38.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_39.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_40.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_41.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_43.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/105/indicacoes_cta.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_de_construcao_de_mata_burro_valdeci.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_46.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_47.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_48.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/118/clube_municipal.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_no50_-_baltazar.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_51.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/116/indicacao_no_52-baltazar.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/119/05.ind._53.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_no54-_cleber.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_no55-cleber.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_no56-sebastiao.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_no57-cleber.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_no58-baltazar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_no59-cleber.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_no60-cleber.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_no61-baltazar.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_no62-baltazar.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_no63-baltazar.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_no64-baltazar.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/136/ind_1_1.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_05.doc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_aninha.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_no68-avelino.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_no69-sebastiao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_no71-baltazar.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_no72-claudio.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_no73-claudio.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_no74-rondney.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_no75-claudio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_no76-claudio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/164/img20250804_09571583.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_no78-baltazar.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_no79-baltazar.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_no80-baltazar.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_no81-baltazar1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_no82-baltazar.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_no83-baltazar.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_n84-claudiney.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_no85-claudiney.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_no86-claudio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/170/87.ind.avelino.revitalizacao.aeroporto.municipal.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao16.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_17.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/176/lar_dos_idosos.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_no93-jarbas.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_94.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/182/img20250901_09402406.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_no96-rondney.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_no97-claudio.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no98-claudio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_no99-rondney.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_no100-sebastiao.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_no101-baltazar.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_no102-jarbas.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_no103-claudio.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_no104-jarbas.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_no105-claudio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_no106-claudio.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_no107-baltazar.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no108-baltazar.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no109-baltazar.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_no110-claudio.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_no111-jarbas.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_no112-claudio.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_no113-baltazar.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_no114-baltazar.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_no115-baltazar.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_no116-baltazar.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_no117-baltazar.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_no118-claudio.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_no119-jarbas.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_no120-sebastiao.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_26.doc" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/226/sesmaria.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_de_placa_de_sinalizacao_no_hospital.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_de_implantacao_de_vale_alimentacao.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/229/decoracao_natalina.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/230/estacionamento_2.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no_127-claudio.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_no128-jarbas.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_no129-sebastiao.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_no130-avelino.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_no_131-claudio.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_no132-avelino.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/37/scan2025-01-15_161807.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/124/projeto_de_resolucao_no003-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/157/img20250804_14405786.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_resolucao_no005-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_resolucao_no006-gratificacao_agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/208/projeto_de_resolucao_no007-normatizacao_dos_procedimentos_de_gestao.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_n19_fixacao_piso_salarial_minimo_auxiliar_de_enfermafem.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/79/projeto_de_lei_no_21_sebrae.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_no22_quantitativo_de_vagas.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/207/projeto_de_lei_no42-qr_code_jarbas.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/213/projeto_de_decreto_no001-titulo_de_cidadao_-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/224/projeto_de_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_ney.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/212/003.ney.aplausos_futebol.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/237/requerimento_de_aplauso_no_004-_rondney.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/59/proposta_de_emenda_01.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/156/emenda_substitutiva-001-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/38/projeto_de_lei_001_-_2025__-_piso_salarial.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/39/projeto_de_lei_002_-_2025_-_revisao_geral_anual.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/40/projeto_de_lei_003_-_2025_-_refis_2025.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/41/projeto_de_lei_004_-_2025_-_piso_dos_professores_2025.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/42/projeto_de_lei_005_-_2025_-_rpv.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/43/projeto_de_lei_006_-_2025_-_estagio_-_iel.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/44/projeto_de_lei_007_-_2025_-_cria_novas_secretarias.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/45/projeto_de_lei_008_-_2025_-_diarias.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_009_-_2025_-_convenio_santa_casa.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_010_-_2025_-_convenio_hospital_cancer_barretos.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_011_-_2025_-_cria_vagas_cargos_efetivos.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_de_lei_011_-_2025_-_cria_vagas_cargos_efetivos.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_no13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/53/projeto_lei_cleyton.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/84/projeto_de_lei_no16-_indenizacao-_pecuniaria-licenca-premio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/87/projeto_de_lei_no19_-25-03-2025_if_goiano.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/88/projeto_de_lei_no26.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/89/2_-_projeto_de_lei_ldo_2026_1.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/125/projeto_de_lei_no27.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_no28-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_n29-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/150/projeto_de_lei_no30-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_no31-_baltazar.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/161/img20250804_09472184.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/159/img20250804_09414727.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/179/projeto_de_lei_no34-2025-jarbas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/172/projeto_de_lei_no35-2025-quantitativo_de_vagas.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_lei_no36-2025-avelino.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_no_000.autismo_1.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/184/projeto_de_lei_loa_2026_1.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_-_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_no40-auxilio_saude-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/210/projeto_de_lei_no41-jarbas.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/209/projeto_de_lei_no030-cotec.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/238/projeto_de_lei_no44-contratacao_pessoal_tempo_determinado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_no45-jarbas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/239/projeto_de_lei_no46-quantitativos_de_vagas.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_no48-politica_publica_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/248/projeto_de_lei_no48-_doacao_de_cestas_de_natal.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_no49-_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/247/requerimento_aplauso_no05-cleyton.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_rondney_.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao_n_19_baltazar.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao_no48_sebastiao_honorato.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao_n17.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao_no_20_baltazar.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao_001.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao_002.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao_003.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao_004.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/68/indicacao_005.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao_07.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao_09.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao_11.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao_12.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao_13.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao_15.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao_14.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao_22_baltazar.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao_no25_baltazar.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao_no26_baltazar.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/96/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/97/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/98/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/100/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_no_33-2025-construcao_box_de_venda_feira_do_produtor_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao_no34-claudio_barbosa.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/101/indicacao_no35-baltazar-pedalinhos_de_graca.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/110/indicacao_38.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/109/indicacao_39.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao_40.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao_41.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/107/indicacao_43.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/105/indicacoes_cta.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/106/indicacao_de_construcao_de_mata_burro_valdeci.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/112/indicacao_46.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/113/indicacao_47.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/114/indicacao_48.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/118/clube_municipal.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/115/indicacao_no50_-_baltazar.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_51.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/116/indicacao_no_52-baltazar.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/119/05.ind._53.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_no54-_cleber.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_no55-cleber.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_no56-sebastiao.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_no57-cleber.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_no58-baltazar.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_no59-cleber.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_no60-cleber.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_no61-baltazar.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_no62-baltazar.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_no63-baltazar.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_no64-baltazar.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/136/ind_1_1.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/135/indicacao_05.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/134/indicacao_aninha.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/142/indicacao_no68-avelino.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/145/indicacao_no69-sebastiao.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/144/indicacao_no71-baltazar.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/151/indicacao_no72-claudio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_no73-claudio.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_no74-rondney.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_no75-claudio.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_no76-claudio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/164/img20250804_09571583.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/158/indicacao_no78-baltazar.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/160/indicacao_no79-baltazar.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/162/indicacao_no80-baltazar.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/165/indicacao_no81-baltazar1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/166/indicacao_no82-baltazar.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/167/indicacao_no83-baltazar.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/171/indicacao_n84-claudiney.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/169/indicacao_no85-claudiney.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/168/indicacao_no86-claudio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/170/87.ind.avelino.revitalizacao.aeroporto.municipal.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/177/indicacao16.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/175/indicacao_17.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/176/lar_dos_idosos.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao_no93-jarbas.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao_94.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/182/img20250901_09402406.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao_no96-rondney.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao_no97-claudio.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao_no98-claudio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_no99-rondney.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_no100-sebastiao.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_no101-baltazar.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_no102-jarbas.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao_no103-claudio.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_no104-jarbas.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_no105-claudio.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_no106-claudio.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_no107-baltazar.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_no108-baltazar.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_no109-baltazar.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_no110-claudio.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao_no111-jarbas.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao_no112-claudio.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao_no113-baltazar.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao_no114-baltazar.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao_no115-baltazar.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao_no116-baltazar.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao_no117-baltazar.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao_no118-claudio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao_no119-jarbas.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao_no120-sebastiao.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_26.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/226/sesmaria.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_de_placa_de_sinalizacao_no_hospital.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_de_implantacao_de_vale_alimentacao.doc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/229/decoracao_natalina.doc" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/230/estacionamento_2.doc" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no_127-claudio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_no128-jarbas.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_no129-sebastiao.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_no130-avelino.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_no_131-claudio.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_no132-avelino.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_no133-claudio.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_no134-jarbas.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_no135-baltazar.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_no136-baltazar.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_no137-claudio.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_no138.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/37/scan2025-01-15_161807.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/124/projeto_de_resolucao_no003-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/157/img20250804_14405786.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_resolucao_no005-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_resolucao_no006-gratificacao_agente_de_contratacao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/208/projeto_de_resolucao_no007-normatizacao_dos_procedimentos_de_gestao.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/63/projeto_de_lei_n19_fixacao_piso_salarial_minimo_auxiliar_de_enfermafem.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/79/projeto_de_lei_no_21_sebrae.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/80/projeto_de_lei_no22_quantitativo_de_vagas.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/207/projeto_de_lei_no42-qr_code_jarbas.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/213/projeto_de_decreto_no001-titulo_de_cidadao_-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/224/projeto_de_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/249/emenda_impositiva_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/250/emenda_impositiva_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/251/emenda_impositiva_no003-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/252/emenda_impositiva_no004-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/253/emenda_impositiva_no005-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/254/emenda_impositiva_no006-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/258/emenda_orcamentaria_no01-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/259/emenda_orcamentaria_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/174/indicacao_ney.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/212/003.ney.aplausos_futebol.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/237/requerimento_de_aplauso_no_004-_rondney.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/59/proposta_de_emenda_01.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campoalegredegoias.go.leg.br/media/sapl/public/materialegislativa/2025/156/emenda_substitutiva-001-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H181"/>
+  <dimension ref="A1:H199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="64.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="152.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="151.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3265,3703 +3439,4171 @@
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>161</v>
       </c>
       <c r="H40" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>163</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="E41" t="s">
+      <c r="H41" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="D42" t="s">
-        <v>164</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>165</v>
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>62</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="H42" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>169</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" t="s">
+        <v>170</v>
+      </c>
+      <c r="E43" t="s">
+        <v>171</v>
+      </c>
+      <c r="F43" t="s">
+        <v>62</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B43" t="s">
-[...11 lines deleted...]
-      <c r="F43" t="s">
+      <c r="H43" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E44" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F44" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>146</v>
+        <v>178</v>
       </c>
       <c r="H44" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D45" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E45" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>176</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="H45" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D46" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E46" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F46" t="s">
-        <v>104</v>
+        <v>184</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="H46" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D47" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E47" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F47" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>186</v>
+        <v>146</v>
       </c>
       <c r="H47" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D48" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E48" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F48" t="s">
-        <v>173</v>
+        <v>117</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H48" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="D49" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E49" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F49" t="s">
-        <v>192</v>
+        <v>104</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>193</v>
       </c>
       <c r="H49" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>195</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D50" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E50" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F50" t="s">
-        <v>104</v>
+        <v>196</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H50" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="D51" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E51" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F51" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H51" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="D52" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E52" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F52" t="s">
-        <v>166</v>
+        <v>203</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H52" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="D53" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E53" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F53" t="s">
-        <v>173</v>
+        <v>104</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="H53" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>208</v>
+        <v>57</v>
       </c>
       <c r="D54" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E54" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F54" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H54" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="D55" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E55" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F55" t="s">
-        <v>126</v>
+        <v>177</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H55" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>215</v>
+        <v>66</v>
       </c>
       <c r="D56" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E56" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F56" t="s">
-        <v>166</v>
+        <v>184</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>216</v>
       </c>
       <c r="H56" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>218</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>219</v>
       </c>
       <c r="D57" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E57" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F57" t="s">
-        <v>166</v>
+        <v>184</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>220</v>
       </c>
       <c r="H57" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>222</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
+        <v>71</v>
+      </c>
+      <c r="D58" t="s">
+        <v>175</v>
+      </c>
+      <c r="E58" t="s">
+        <v>176</v>
+      </c>
+      <c r="F58" t="s">
+        <v>126</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="D58" t="s">
-[...8 lines deleted...]
-      <c r="G58" s="1" t="s">
+      <c r="H58" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>225</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>226</v>
       </c>
       <c r="D59" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E59" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F59" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>227</v>
       </c>
       <c r="H59" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>229</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>79</v>
+        <v>230</v>
       </c>
       <c r="D60" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E60" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F60" t="s">
-        <v>104</v>
+        <v>177</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H60" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D61" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E61" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F61" t="s">
-        <v>234</v>
+        <v>196</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>235</v>
       </c>
       <c r="H61" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>236</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
         <v>237</v>
       </c>
-      <c r="B62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D62" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E62" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F62" t="s">
-        <v>104</v>
+        <v>177</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>238</v>
       </c>
       <c r="H62" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>240</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>241</v>
+        <v>79</v>
       </c>
       <c r="D63" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E63" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F63" t="s">
         <v>104</v>
       </c>
       <c r="G63" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H63" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>243</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="D64" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E64" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F64" t="s">
-        <v>117</v>
+        <v>245</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="H64" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="D65" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E65" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F65" t="s">
-        <v>234</v>
+        <v>104</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="H65" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>95</v>
+        <v>252</v>
       </c>
       <c r="D66" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E66" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F66" t="s">
-        <v>234</v>
+        <v>104</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="H66" t="s">
-        <v>251</v>
+        <v>239</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="D67" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E67" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F67" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="H67" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="D68" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E68" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F68" t="s">
-        <v>104</v>
+        <v>245</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="H68" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>108</v>
+        <v>95</v>
       </c>
       <c r="D69" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E69" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F69" t="s">
-        <v>104</v>
+        <v>245</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="H69" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="D70" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E70" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F70" t="s">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="H70" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="D71" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E71" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F71" t="s">
-        <v>234</v>
+        <v>104</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="H71" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="D72" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E72" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F72" t="s">
         <v>104</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="H72" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>8</v>
+        <v>112</v>
       </c>
       <c r="D73" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E73" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F73" t="s">
-        <v>234</v>
+        <v>62</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="H73" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>16</v>
+        <v>116</v>
       </c>
       <c r="D74" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E74" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F74" t="s">
-        <v>117</v>
+        <v>245</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="H74" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>20</v>
+        <v>121</v>
       </c>
       <c r="D75" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E75" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F75" t="s">
-        <v>173</v>
+        <v>104</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="H75" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="D76" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E76" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F76" t="s">
-        <v>173</v>
+        <v>245</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="H76" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="D77" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E77" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F77" t="s">
-        <v>283</v>
+        <v>117</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="H77" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="D78" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E78" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F78" t="s">
-        <v>104</v>
+        <v>184</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H78" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="D79" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E79" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F79" t="s">
-        <v>104</v>
+        <v>184</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H79" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="D80" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E80" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F80" t="s">
-        <v>185</v>
+        <v>294</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="H80" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="D81" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E81" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F81" t="s">
-        <v>185</v>
+        <v>104</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="H81" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="D82" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E82" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F82" t="s">
-        <v>185</v>
+        <v>104</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="H82" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="D83" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E83" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F83" t="s">
-        <v>117</v>
+        <v>196</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="H83" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="D84" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E84" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F84" t="s">
-        <v>104</v>
+        <v>196</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H84" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>163</v>
+        <v>52</v>
       </c>
       <c r="D85" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E85" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F85" t="s">
-        <v>173</v>
+        <v>196</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H85" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>311</v>
+        <v>56</v>
       </c>
       <c r="D86" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E86" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F86" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H86" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D87" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E87" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F87" t="s">
-        <v>173</v>
+        <v>104</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H87" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>318</v>
+        <v>174</v>
       </c>
       <c r="D88" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E88" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F88" t="s">
-        <v>283</v>
+        <v>184</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>319</v>
       </c>
       <c r="H88" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>321</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>322</v>
       </c>
       <c r="D89" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E89" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F89" t="s">
-        <v>283</v>
+        <v>104</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>323</v>
       </c>
       <c r="H89" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>325</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
+        <v>65</v>
+      </c>
+      <c r="D90" t="s">
+        <v>175</v>
+      </c>
+      <c r="E90" t="s">
+        <v>176</v>
+      </c>
+      <c r="F90" t="s">
+        <v>184</v>
+      </c>
+      <c r="G90" s="1" t="s">
         <v>326</v>
       </c>
-      <c r="D90" t="s">
-[...8 lines deleted...]
-      <c r="G90" s="1" t="s">
+      <c r="H90" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>328</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
         <v>329</v>
       </c>
-      <c r="B91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D91" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E91" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F91" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>330</v>
       </c>
       <c r="H91" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>332</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>172</v>
+        <v>333</v>
       </c>
       <c r="D92" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E92" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F92" t="s">
-        <v>104</v>
+        <v>294</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H92" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D93" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E93" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F93" t="s">
-        <v>283</v>
+        <v>184</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H93" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D94" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E94" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F94" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="H94" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D95" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E95" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F95" t="s">
         <v>104</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H95" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>181</v>
+        <v>347</v>
       </c>
       <c r="D96" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E96" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F96" t="s">
-        <v>104</v>
+        <v>294</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="H96" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>349</v>
+        <v>187</v>
       </c>
       <c r="D97" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E97" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F97" t="s">
-        <v>104</v>
+        <v>294</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H97" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="D98" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E98" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F98" t="s">
         <v>104</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="H98" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D99" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E99" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F99" t="s">
-        <v>234</v>
+        <v>104</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="H99" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>191</v>
+        <v>360</v>
       </c>
       <c r="D100" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E100" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F100" t="s">
-        <v>234</v>
+        <v>104</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="H100" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>195</v>
       </c>
       <c r="D101" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E101" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F101" t="s">
-        <v>173</v>
+        <v>104</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="H101" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D102" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E102" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F102" t="s">
-        <v>126</v>
+        <v>245</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="H102" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D103" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E103" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F103" t="s">
-        <v>173</v>
+        <v>245</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="H103" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D104" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E104" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F104" t="s">
-        <v>104</v>
+        <v>184</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>146</v>
+        <v>372</v>
       </c>
       <c r="H104" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D105" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E105" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F105" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="H105" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D106" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E106" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F106" t="s">
-        <v>234</v>
+        <v>184</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="H106" t="s">
-        <v>257</v>
+        <v>379</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D107" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E107" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F107" t="s">
-        <v>234</v>
+        <v>104</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>377</v>
+        <v>146</v>
       </c>
       <c r="H107" t="s">
-        <v>344</v>
+        <v>381</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>218</v>
       </c>
       <c r="D108" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E108" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F108" t="s">
-        <v>166</v>
+        <v>104</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="H108" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>222</v>
       </c>
       <c r="D109" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E109" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F109" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="H109" t="s">
-        <v>344</v>
+        <v>268</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>225</v>
       </c>
       <c r="D110" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E110" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F110" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="H110" t="s">
-        <v>385</v>
+        <v>355</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>387</v>
+        <v>229</v>
       </c>
       <c r="D111" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E111" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F111" t="s">
-        <v>117</v>
+        <v>177</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="H111" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="D112" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E112" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F112" t="s">
-        <v>104</v>
+        <v>245</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="H112" t="s">
-        <v>392</v>
+        <v>355</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>394</v>
+        <v>236</v>
       </c>
       <c r="D113" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E113" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F113" t="s">
-        <v>104</v>
+        <v>245</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>395</v>
       </c>
       <c r="H113" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>397</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>398</v>
       </c>
       <c r="D114" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E114" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F114" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>399</v>
       </c>
       <c r="H114" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>401</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>402</v>
+        <v>240</v>
       </c>
       <c r="D115" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E115" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F115" t="s">
         <v>104</v>
       </c>
       <c r="G115" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H115" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>404</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
         <v>405</v>
       </c>
-      <c r="B116" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D116" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E116" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F116" t="s">
         <v>104</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>406</v>
       </c>
       <c r="H116" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>408</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>237</v>
+        <v>409</v>
       </c>
       <c r="D117" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E117" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F117" t="s">
         <v>104</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="H117" t="s">
-        <v>344</v>
+        <v>411</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>70</v>
+        <v>413</v>
       </c>
       <c r="D118" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E118" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F118" t="s">
-        <v>185</v>
+        <v>104</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="H118" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>414</v>
+        <v>251</v>
       </c>
       <c r="D119" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E119" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F119" t="s">
-        <v>185</v>
+        <v>104</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="H119" t="s">
-        <v>344</v>
+        <v>418</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="D120" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E120" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F120" t="s">
-        <v>234</v>
+        <v>104</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="H120" t="s">
-        <v>418</v>
+        <v>355</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D121" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E121" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F121" t="s">
-        <v>126</v>
+        <v>196</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="H121" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>78</v>
+        <v>425</v>
       </c>
       <c r="D122" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E122" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F122" t="s">
-        <v>234</v>
+        <v>196</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="H122" t="s">
-        <v>424</v>
+        <v>355</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>82</v>
+        <v>243</v>
       </c>
       <c r="D123" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E123" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F123" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="H123" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>261</v>
+        <v>74</v>
       </c>
       <c r="D124" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E124" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F124" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="H124" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>243</v>
+        <v>78</v>
       </c>
       <c r="D125" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E125" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F125" t="s">
-        <v>117</v>
+        <v>245</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="H125" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>435</v>
+        <v>82</v>
       </c>
       <c r="D126" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E126" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F126" t="s">
-        <v>173</v>
+        <v>245</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H126" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>439</v>
+        <v>272</v>
       </c>
       <c r="D127" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E127" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F127" t="s">
-        <v>185</v>
+        <v>117</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>440</v>
       </c>
       <c r="H127" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>442</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="D128" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E128" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F128" t="s">
-        <v>166</v>
+        <v>117</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>443</v>
       </c>
       <c r="H128" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>445</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>249</v>
+        <v>446</v>
       </c>
       <c r="D129" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E129" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F129" t="s">
-        <v>234</v>
+        <v>184</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="H129" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>255</v>
+        <v>450</v>
       </c>
       <c r="D130" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E130" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F130" t="s">
-        <v>234</v>
+        <v>196</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="H130" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="D131" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E131" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F131" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="H131" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="D132" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E132" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F132" t="s">
-        <v>173</v>
+        <v>245</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="H132" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="D133" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E133" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F133" t="s">
-        <v>458</v>
+        <v>245</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H133" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="D134" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E134" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F134" t="s">
-        <v>117</v>
+        <v>177</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H134" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="D135" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E135" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F135" t="s">
-        <v>234</v>
+        <v>184</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H135" t="s">
-        <v>257</v>
+        <v>467</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="D136" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E136" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F136" t="s">
-        <v>117</v>
+        <v>469</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="H136" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="D137" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E137" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F137" t="s">
-        <v>234</v>
+        <v>117</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="H137" t="s">
-        <v>257</v>
+        <v>474</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D138" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E138" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F138" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="H138" t="s">
-        <v>473</v>
+        <v>268</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="D139" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E139" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F139" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="H139" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>478</v>
+        <v>297</v>
       </c>
       <c r="D140" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E140" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F140" t="s">
-        <v>104</v>
+        <v>245</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="H140" t="s">
-        <v>480</v>
+        <v>268</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>273</v>
+        <v>300</v>
       </c>
       <c r="D141" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E141" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F141" t="s">
-        <v>104</v>
+        <v>245</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H141" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>270</v>
+        <v>293</v>
       </c>
       <c r="D142" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E142" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F142" t="s">
-        <v>234</v>
+        <v>104</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H142" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D143" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E143" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F143" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="H143" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="D144" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E144" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F144" t="s">
-        <v>234</v>
+        <v>104</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H144" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>295</v>
+        <v>281</v>
       </c>
       <c r="D145" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E145" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F145" t="s">
-        <v>104</v>
+        <v>245</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H145" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>298</v>
+        <v>499</v>
       </c>
       <c r="D146" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E146" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F146" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="H146" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="D147" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E147" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F147" t="s">
-        <v>104</v>
+        <v>245</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="H147" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="D148" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E148" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F148" t="s">
         <v>104</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="H148" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>507</v>
+        <v>309</v>
       </c>
       <c r="D149" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E149" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F149" t="s">
         <v>104</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="H149" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="D150" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E150" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F150" t="s">
-        <v>234</v>
+        <v>104</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="H150" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="D151" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E151" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F151" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="H151" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>307</v>
+        <v>518</v>
       </c>
       <c r="D152" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E152" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F152" t="s">
-        <v>173</v>
+        <v>104</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="H152" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="D153" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E153" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F153" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="H153" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="D154" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E154" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F154" t="s">
         <v>117</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="H154" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="D155" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E155" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F155" t="s">
-        <v>104</v>
+        <v>184</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="H155" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>529</v>
+        <v>328</v>
       </c>
       <c r="D156" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E156" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F156" t="s">
-        <v>104</v>
+        <v>245</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H156" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>86</v>
+        <v>343</v>
       </c>
       <c r="D157" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E157" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F157" t="s">
         <v>117</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H157" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="D158" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E158" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F158" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="H158" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>345</v>
+        <v>540</v>
       </c>
       <c r="D159" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E159" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F159" t="s">
-        <v>234</v>
+        <v>104</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="H159" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>321</v>
+        <v>86</v>
       </c>
       <c r="D160" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E160" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F160" t="s">
         <v>117</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="H160" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>329</v>
+        <v>353</v>
       </c>
       <c r="D161" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E161" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F161" t="s">
-        <v>173</v>
+        <v>117</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="H161" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>339</v>
+        <v>356</v>
       </c>
       <c r="D162" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E162" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F162" t="s">
-        <v>126</v>
+        <v>245</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="H162" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D163" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E163" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F163" t="s">
-        <v>234</v>
+        <v>117</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="H163" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>348</v>
+        <v>340</v>
       </c>
       <c r="D164" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="E164" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="F164" t="s">
-        <v>126</v>
+        <v>184</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="H164" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>130</v>
+        <v>558</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>10</v>
+        <v>350</v>
       </c>
       <c r="D165" t="s">
-        <v>556</v>
+        <v>175</v>
       </c>
       <c r="E165" t="s">
-        <v>557</v>
+        <v>176</v>
       </c>
       <c r="F165" t="s">
-        <v>62</v>
+        <v>126</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="H165" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>529</v>
+        <v>561</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>21</v>
+        <v>346</v>
       </c>
       <c r="D166" t="s">
-        <v>556</v>
+        <v>175</v>
       </c>
       <c r="E166" t="s">
-        <v>557</v>
+        <v>176</v>
       </c>
       <c r="F166" t="s">
-        <v>62</v>
+        <v>245</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="H166" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>25</v>
+        <v>359</v>
       </c>
       <c r="D167" t="s">
-        <v>556</v>
+        <v>175</v>
       </c>
       <c r="E167" t="s">
-        <v>557</v>
+        <v>176</v>
       </c>
       <c r="F167" t="s">
-        <v>62</v>
+        <v>126</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="H167" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>29</v>
+        <v>363</v>
       </c>
       <c r="D168" t="s">
-        <v>556</v>
+        <v>175</v>
       </c>
       <c r="E168" t="s">
-        <v>557</v>
+        <v>176</v>
       </c>
       <c r="F168" t="s">
-        <v>62</v>
+        <v>245</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="H168" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>33</v>
+        <v>371</v>
       </c>
       <c r="D169" t="s">
-        <v>556</v>
+        <v>175</v>
       </c>
       <c r="E169" t="s">
-        <v>557</v>
+        <v>176</v>
       </c>
       <c r="F169" t="s">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="H169" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>37</v>
+        <v>368</v>
       </c>
       <c r="D170" t="s">
-        <v>556</v>
+        <v>175</v>
       </c>
       <c r="E170" t="s">
-        <v>557</v>
+        <v>176</v>
       </c>
       <c r="F170" t="s">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="H170" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>349</v>
+        <v>576</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>10</v>
+        <v>365</v>
       </c>
       <c r="D171" t="s">
-        <v>574</v>
+        <v>175</v>
       </c>
       <c r="E171" t="s">
-        <v>575</v>
+        <v>176</v>
       </c>
       <c r="F171" t="s">
-        <v>13</v>
+        <v>104</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="H171" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>394</v>
+        <v>579</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>17</v>
+        <v>580</v>
       </c>
       <c r="D172" t="s">
-        <v>574</v>
+        <v>175</v>
       </c>
       <c r="E172" t="s">
-        <v>575</v>
+        <v>176</v>
       </c>
       <c r="F172" t="s">
-        <v>13</v>
+        <v>245</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="H172" t="s">
-        <v>579</v>
+        <v>355</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>398</v>
+        <v>582</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>21</v>
+        <v>583</v>
       </c>
       <c r="D173" t="s">
-        <v>574</v>
+        <v>175</v>
       </c>
       <c r="E173" t="s">
-        <v>575</v>
+        <v>176</v>
       </c>
       <c r="F173" t="s">
-        <v>13</v>
+        <v>245</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="H173" t="s">
-        <v>581</v>
+        <v>355</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>582</v>
+        <v>130</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D174" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="E174" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
       <c r="F174" t="s">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="H174" t="s">
-        <v>147</v>
+        <v>588</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>584</v>
+        <v>540</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D175" t="s">
         <v>585</v>
       </c>
       <c r="E175" t="s">
         <v>586</v>
       </c>
       <c r="F175" t="s">
-        <v>126</v>
+        <v>62</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="H175" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D176" t="s">
         <v>585</v>
       </c>
       <c r="E176" t="s">
         <v>586</v>
       </c>
       <c r="F176" t="s">
-        <v>166</v>
+        <v>62</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="H176" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D177" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="E177" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="F177" t="s">
-        <v>166</v>
+        <v>62</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>595</v>
       </c>
       <c r="H177" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>597</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="D178" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="E178" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="F178" t="s">
-        <v>166</v>
+        <v>62</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>598</v>
       </c>
       <c r="H178" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>600</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D179" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="E179" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="F179" t="s">
-        <v>166</v>
+        <v>62</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>601</v>
       </c>
       <c r="H179" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>336</v>
+        <v>603</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D180" t="s">
-        <v>603</v>
+        <v>585</v>
       </c>
       <c r="E180" t="s">
+        <v>586</v>
+      </c>
+      <c r="F180" t="s">
+        <v>62</v>
+      </c>
+      <c r="G180" s="1" t="s">
         <v>604</v>
       </c>
-      <c r="F180" t="s">
+      <c r="H180" t="s">
         <v>605</v>
-      </c>
-[...4 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>608</v>
+        <v>360</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>10</v>
       </c>
       <c r="D181" t="s">
+        <v>606</v>
+      </c>
+      <c r="E181" t="s">
+        <v>607</v>
+      </c>
+      <c r="F181" t="s">
+        <v>13</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H181" t="s">
         <v>609</v>
       </c>
-      <c r="E181" t="s">
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>405</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>17</v>
+      </c>
+      <c r="D182" t="s">
+        <v>606</v>
+      </c>
+      <c r="E182" t="s">
+        <v>607</v>
+      </c>
+      <c r="F182" t="s">
+        <v>13</v>
+      </c>
+      <c r="G182" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="F181" t="s">
+      <c r="H182" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>409</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>21</v>
+      </c>
+      <c r="D183" t="s">
+        <v>606</v>
+      </c>
+      <c r="E183" t="s">
+        <v>607</v>
+      </c>
+      <c r="F183" t="s">
+        <v>13</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="H183" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>614</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>28</v>
+      </c>
+      <c r="D184" t="s">
+        <v>606</v>
+      </c>
+      <c r="E184" t="s">
+        <v>607</v>
+      </c>
+      <c r="F184" t="s">
+        <v>117</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="H184" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>616</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>10</v>
+      </c>
+      <c r="D185" t="s">
+        <v>617</v>
+      </c>
+      <c r="E185" t="s">
+        <v>618</v>
+      </c>
+      <c r="F185" t="s">
         <v>126</v>
       </c>
-      <c r="G181" s="1" t="s">
-[...3 lines deleted...]
-        <v>612</v>
+      <c r="G185" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="H185" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>621</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>17</v>
+      </c>
+      <c r="D186" t="s">
+        <v>617</v>
+      </c>
+      <c r="E186" t="s">
+        <v>618</v>
+      </c>
+      <c r="F186" t="s">
+        <v>177</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="H186" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>624</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>10</v>
+      </c>
+      <c r="D187" t="s">
+        <v>625</v>
+      </c>
+      <c r="E187" t="s">
+        <v>626</v>
+      </c>
+      <c r="F187" t="s">
+        <v>294</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="H187" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>629</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>17</v>
+      </c>
+      <c r="D188" t="s">
+        <v>625</v>
+      </c>
+      <c r="E188" t="s">
+        <v>626</v>
+      </c>
+      <c r="F188" t="s">
+        <v>126</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H188" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>632</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>21</v>
+      </c>
+      <c r="D189" t="s">
+        <v>625</v>
+      </c>
+      <c r="E189" t="s">
+        <v>626</v>
+      </c>
+      <c r="F189" t="s">
+        <v>117</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H189" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>635</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>25</v>
+      </c>
+      <c r="D190" t="s">
+        <v>625</v>
+      </c>
+      <c r="E190" t="s">
+        <v>626</v>
+      </c>
+      <c r="F190" t="s">
+        <v>245</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H190" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>638</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>29</v>
+      </c>
+      <c r="D191" t="s">
+        <v>625</v>
+      </c>
+      <c r="E191" t="s">
+        <v>626</v>
+      </c>
+      <c r="F191" t="s">
+        <v>196</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="H191" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>641</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>33</v>
+      </c>
+      <c r="D192" t="s">
+        <v>625</v>
+      </c>
+      <c r="E192" t="s">
+        <v>626</v>
+      </c>
+      <c r="F192" t="s">
+        <v>196</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="H192" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>644</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>37</v>
+      </c>
+      <c r="D193" t="s">
+        <v>625</v>
+      </c>
+      <c r="E193" t="s">
+        <v>626</v>
+      </c>
+      <c r="F193" t="s">
+        <v>117</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H193" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>647</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>41</v>
+      </c>
+      <c r="D194" t="s">
+        <v>625</v>
+      </c>
+      <c r="E194" t="s">
+        <v>626</v>
+      </c>
+      <c r="F194" t="s">
+        <v>117</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H194" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>650</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>17</v>
+      </c>
+      <c r="D195" t="s">
+        <v>651</v>
+      </c>
+      <c r="E195" t="s">
+        <v>652</v>
+      </c>
+      <c r="F195" t="s">
+        <v>177</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="H195" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>655</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>21</v>
+      </c>
+      <c r="D196" t="s">
+        <v>651</v>
+      </c>
+      <c r="E196" t="s">
+        <v>652</v>
+      </c>
+      <c r="F196" t="s">
+        <v>177</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H196" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>658</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>25</v>
+      </c>
+      <c r="D197" t="s">
+        <v>651</v>
+      </c>
+      <c r="E197" t="s">
+        <v>652</v>
+      </c>
+      <c r="F197" t="s">
+        <v>177</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="H197" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>347</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>10</v>
+      </c>
+      <c r="D198" t="s">
+        <v>661</v>
+      </c>
+      <c r="E198" t="s">
+        <v>662</v>
+      </c>
+      <c r="F198" t="s">
+        <v>663</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="H198" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>666</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>10</v>
+      </c>
+      <c r="D199" t="s">
+        <v>667</v>
+      </c>
+      <c r="E199" t="s">
+        <v>668</v>
+      </c>
+      <c r="F199" t="s">
+        <v>126</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H199" t="s">
+        <v>670</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7102,50 +7744,68 @@
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
     <hyperlink ref="G160" r:id="rId159"/>
     <hyperlink ref="G161" r:id="rId160"/>
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>